--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e744ca537d4f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a0166b8b82243e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ca673bcba04a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a3a67c49c2d4596"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f635424a624738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ca673bcba04a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33237d56009f416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a3a67c49c2d4596" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Société Générale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484582478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,169 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -451,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>