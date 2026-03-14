--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459ed36e7bdb4bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd51182f3e8a4127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb23511ae3d4929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e9c9baf9a44219"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203e7f3ea82f4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb23511ae3d4929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b0968889fb46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e9c9baf9a44219" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Barrier Discount Certificate on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484580563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,410 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...79 lines deleted...]
-          <x:t>63,135</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,885</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>60,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,530</x:t>
         </x:is>
       </x:c>
@@ -591,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>