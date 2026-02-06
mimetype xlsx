--- v0 (2026-01-11)
+++ v1 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80afb6ef1e44c01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9be52eab3a40a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d10fe93f09d4892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085b07e413a14111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3a46ff2327456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d10fe93f09d4892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa20ae7550d431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085b07e413a14111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.52% p.a. JB Callable Multi Barrier Reverse Convertible (55%) auf Apple Inc, Eli Lilly &amp; Co, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>101,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>