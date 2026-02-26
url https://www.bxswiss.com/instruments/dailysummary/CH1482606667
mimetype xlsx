--- v1 (2026-02-06)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9be52eab3a40a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6dd027cb9294687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085b07e413a14111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e165721bfbe444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa20ae7550d431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085b07e413a14111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb024c1c8ae0b4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e165721bfbe444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.52% p.a. JB Callable Multi Barrier Reverse Convertible (55%) auf Apple Inc, Eli Lilly &amp; Co, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>101,250</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>100,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>99,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>99,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,425</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>97,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>