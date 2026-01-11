--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fd9ec2d9a5461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0301e91c1323419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389bf9a09c2c4248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd1983e727f4152"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816a825dd15b41f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389bf9a09c2c4248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f611d87df543f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd1983e727f4152" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.62% p.a. JB Callable Multi Barrier Reverse Convertible (57.5%) auf SAP SE, Siemens AG, Deutsche Telekom AG, MTU Aero Engines AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,175</x:t>
-[...48 lines deleted...]
-          <x:t>97,875</x:t>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,775</x:t>
-[...70 lines deleted...]
-          <x:t>98,025</x:t>
+          <x:t>99,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,775</x:t>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,725</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>98,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>98,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,225</x:t>
-[...355 lines deleted...]
-          <x:t>99,275</x:t>
+          <x:t>99,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>