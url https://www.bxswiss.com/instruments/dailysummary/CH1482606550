--- v1 (2026-01-11)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0301e91c1323419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde607fb4b524438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd1983e727f4152"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7ce2fbf78f406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f611d87df543f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd1983e727f4152" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06b907986a04b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7ce2fbf78f406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.62% p.a. JB Callable Multi Barrier Reverse Convertible (57.5%) auf SAP SE, Siemens AG, Deutsche Telekom AG, MTU Aero Engines AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,150</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>