--- v2 (2026-02-19)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde607fb4b524438d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067ff614be7049e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7ce2fbf78f406c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5303f4c5044e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06b907986a04b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7ce2fbf78f406c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3171badea52e4a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5303f4c5044e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.62% p.a. JB Callable Multi Barrier Reverse Convertible (57.5%) auf SAP SE, Siemens AG, Deutsche Telekom AG, MTU Aero Engines AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>92,925</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>91,525</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>93,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,400</x:t>
-[...16 lines deleted...]
-          <x:t>92,175</x:t>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,175</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>90,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,125</x:t>
-[...26 lines deleted...]
-          <x:t>93,375</x:t>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>