--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae5a42c2e3a4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0426a9f69db14bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8950cecd8c34bc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ac31fd12554fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88886f34adb4602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8950cecd8c34bc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17969dfecbfb432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ac31fd12554fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.62% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Engie SA, Siemens Energy AG, Schneider Electric SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -404,31 +306,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>