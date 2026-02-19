--- v1 (2026-01-10)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0426a9f69db14bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96a8ccaf8564f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ac31fd12554fdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R589c3baebe87481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17969dfecbfb432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ac31fd12554fdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51005f9a214341ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R589c3baebe87481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.62% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Engie SA, Siemens Energy AG, Schneider Electric SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,431 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...27 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,850</x:t>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,475</x:t>
-[...65 lines deleted...]
-          <x:t>100,175</x:t>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,150</x:t>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>100,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>