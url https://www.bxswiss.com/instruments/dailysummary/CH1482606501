--- v2 (2026-02-19)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96a8ccaf8564f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffbb84f29b24148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R589c3baebe87481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9637a73416d4a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51005f9a214341ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R589c3baebe87481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d14aec1843a4fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9637a73416d4a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.62% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Engie SA, Siemens Energy AG, Schneider Electric SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>100,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,725</x:t>
-[...188 lines deleted...]
-          <x:t>101,075</x:t>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>101,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,725</x:t>
-[...269 lines deleted...]
-          <x:t>100,975</x:t>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>