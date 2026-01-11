--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026b66485109417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5353a27a3b46af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ce4565a0ab46e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e1c549fc364e06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e0f731b83443ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ce4565a0ab46e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R054e8b4074d64dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e1c549fc364e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.00% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,997</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,853</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>