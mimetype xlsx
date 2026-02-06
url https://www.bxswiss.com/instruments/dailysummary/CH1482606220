--- v1 (2026-01-11)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5353a27a3b46af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5738a704494730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e1c549fc364e06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf3ca3e494841ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R054e8b4074d64dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e1c549fc364e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d164aa7979d4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf3ca3e494841ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.00% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>