--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5738a704494730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b95de762cd46d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf3ca3e494841ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e3bf7629924adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d164aa7979d4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf3ca3e494841ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d6f9fb250e46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e3bf7629924adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.00% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,572</x:t>
-[...570 lines deleted...]
-        <x:is>
           <x:t>97,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,503</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>