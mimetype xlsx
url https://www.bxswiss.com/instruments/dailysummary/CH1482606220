--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b95de762cd46d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d1780b539c4463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e3bf7629924adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b1912b79b0c453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d6f9fb250e46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e3bf7629924adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad0fd79293c418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b1912b79b0c453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.00% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1482606220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>