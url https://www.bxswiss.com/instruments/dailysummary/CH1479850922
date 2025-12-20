--- v0 (2025-10-16)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0131ccf18b04f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf3ffce0cd34caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e657e9d14b140c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc300b5e06b64980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4c68e7b4564679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e657e9d14b140c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R850d0ee0a3f44ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc300b5e06b64980" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ARM Holdings PLC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479850922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,466 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...62 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...333 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>