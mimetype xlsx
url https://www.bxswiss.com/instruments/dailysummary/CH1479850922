--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf3ffce0cd34caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R595c7309056a4b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc300b5e06b64980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c2aba56c1164f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R850d0ee0a3f44ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc300b5e06b64980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf54e1e01b814fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c2aba56c1164f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ARM Holdings PLC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479850922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,205</x:t>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,185</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...339 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,115</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>