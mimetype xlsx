--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R595c7309056a4b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0f1472262748d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c2aba56c1164f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6106db7cdea4dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf54e1e01b814fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c2aba56c1164f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49d26ae289e4519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6106db7cdea4dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ARM Holdings PLC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479850922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,085</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,065</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,055</x:t>
-[...16 lines deleted...]
-          <x:t>0,055</x:t>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,055</x:t>
-[...16 lines deleted...]
-          <x:t>0,055</x:t>
+          <x:t>0,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>