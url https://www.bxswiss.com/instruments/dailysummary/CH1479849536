--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b5f5adab054b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd10fc94a9e4df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86cb2339c1a9409c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b980f78f3f4101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f4962a4cc04da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86cb2339c1a9409c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4cd308fca74879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b980f78f3f4101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479849536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,466 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...180 lines deleted...]
-          <x:t>8,115</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,745</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>7,875</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,635</x:t>
-[...6 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,685</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>8,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>