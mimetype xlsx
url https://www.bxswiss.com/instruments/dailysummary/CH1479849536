--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd10fc94a9e4df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f942d454e77461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b980f78f3f4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345977d740954984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4cd308fca74879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b980f78f3f4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ddfa79234a449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345977d740954984" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479849536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>7,525</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>8,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>7,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>6,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>7,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>