--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f942d454e77461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3199221edcde482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345977d740954984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R942c96bbed0f4df5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ddfa79234a449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345977d740954984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a29148976f64fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R942c96bbed0f4df5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479849536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>6,795</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,785</x:t>
-[...26 lines deleted...]
-          <x:t>7,035</x:t>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>5,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>6,845</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,755</x:t>
-[...134 lines deleted...]
-          <x:t>6,655</x:t>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>