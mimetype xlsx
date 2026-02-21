--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3199221edcde482e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899ad147208843ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R942c96bbed0f4df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c865b3186584295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a29148976f64fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R942c96bbed0f4df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600021e6365c41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c865b3186584295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479849536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,595</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>6,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,915</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>5,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,965</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>6,065</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>5,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>