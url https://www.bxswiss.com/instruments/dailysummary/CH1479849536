--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899ad147208843ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898c1cd141fd4d22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c865b3186584295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cba773c5ec74278"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600021e6365c41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c865b3186584295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ae45704cf64ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cba773c5ec74278" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479849536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,785</x:t>
-[...4 lines deleted...]
-          <x:t>6,215</x:t>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>6,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>5,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...134 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>6,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>