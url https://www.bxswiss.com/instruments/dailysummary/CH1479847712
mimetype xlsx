--- v0 (2025-10-13)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581c15c2401b4f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2276a95324c4b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4e66adda564f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8cfb5f2cbba4df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff5f47bc74824220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4e66adda564f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd89b4205dd640a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8cfb5f2cbba4df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,452 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>