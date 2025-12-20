--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2276a95324c4b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e90863e67034239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8cfb5f2cbba4df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d40a20b018471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd89b4205dd640a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8cfb5f2cbba4df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fddfbb6e9e74b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d40a20b018471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...11 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,935</x:t>
-[...16 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,865</x:t>
-[...85 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,645</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,665</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>1,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>