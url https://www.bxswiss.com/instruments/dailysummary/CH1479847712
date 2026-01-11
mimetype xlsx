--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e90863e67034239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3285f1b3f40b4ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d40a20b018471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece349b791be48cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fddfbb6e9e74b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d40a20b018471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82fe390e081a4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece349b791be48cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
-[...205 lines deleted...]
-          <x:t>1,870</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,935</x:t>
-[...33 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...80 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,125</x:t>
-[...161 lines deleted...]
-          <x:t>1,665</x:t>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>