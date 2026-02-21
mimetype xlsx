--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3285f1b3f40b4ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5974bd459384ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece349b791be48cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd673dc903cf648ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82fe390e081a4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece349b791be48cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a854ecc7914411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd673dc903cf648ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>1,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
-[...112 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>