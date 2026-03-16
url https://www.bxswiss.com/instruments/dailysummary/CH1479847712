--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5974bd459384ff2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1ba8248c3d4603" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd673dc903cf648ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4589be5682874607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a854ecc7914411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd673dc903cf648ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R811bb020a8f24896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4589be5682874607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Caterpillar Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...65 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,175</x:t>
-[...48 lines deleted...]
-          <x:t>2,765</x:t>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,755</x:t>
-[...274 lines deleted...]
-          <x:t>3,665</x:t>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>