--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2a60523e98344c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71bf8239659741e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b8ecb5314446e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b12958a4214430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ab5ba2027a4dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b8ecb5314446e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf850348d186f4698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b12958a4214430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf The Walt Disney Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...16 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
-[...333 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>