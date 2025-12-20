--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71bf8239659741e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba669d812744ebf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b12958a4214430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7471f91a374d463a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf850348d186f4698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b12958a4214430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc223d6b844da4ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7471f91a374d463a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf The Walt Disney Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...16 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...60 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>0,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>