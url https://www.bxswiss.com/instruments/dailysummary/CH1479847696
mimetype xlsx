--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba669d812744ebf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5fffae728de414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7471f91a374d463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2594e3a1456442c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc223d6b844da4ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7471f91a374d463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79fce14ca954455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2594e3a1456442c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf The Walt Disney Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>