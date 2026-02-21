--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5fffae728de414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea60705e9ad4f54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2594e3a1456442c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05058f9f5ec949a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79fce14ca954455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2594e3a1456442c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e034b642e64e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05058f9f5ec949a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf The Walt Disney Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,245</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>0,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...107 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>