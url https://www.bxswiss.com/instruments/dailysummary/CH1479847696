--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea60705e9ad4f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9f3fb164734781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05058f9f5ec949a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad8e13701fd431f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e034b642e64e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05058f9f5ec949a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f62e9df4cda494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad8e13701fd431f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf The Walt Disney Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479847696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...48 lines deleted...]
-          <x:t>0,175</x:t>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>0,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,175</x:t>
-[...134 lines deleted...]
-          <x:t>0,175</x:t>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>