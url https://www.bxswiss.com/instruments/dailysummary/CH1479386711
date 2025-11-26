--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8126e88ae78943b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93064ae786354416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2a6a482ad7e42d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2a6c4296ab4306"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5841848a64c244c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2a6a482ad7e42d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35bd8432357e45ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2a6c4296ab4306" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479386711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...303 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,285</x:t>
-[...139 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>