--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7064ffe997a4cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5916210acc104c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b1cc93b0224bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a9e815344648b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c8f3e418fe491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b1cc93b0224bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae8046c443f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a9e815344648b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479386190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...55 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...16 lines deleted...]
-          <x:t>0,700</x:t>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...16 lines deleted...]
-          <x:t>0,650</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,640</x:t>
-[...183 lines deleted...]
-          <x:t>0,820</x:t>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>0,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>