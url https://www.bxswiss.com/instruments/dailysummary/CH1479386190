--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5916210acc104c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390253eb4d9d4e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a9e815344648b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R450c4408864c43c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae8046c443f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a9e815344648b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87169b424524c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R450c4408864c43c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479386190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>29.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,630</x:t>
-[...156 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...134 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>