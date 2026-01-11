--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390253eb4d9d4e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa33b94e61384503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R450c4408864c43c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra50f6b20328b4e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87169b424524c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R450c4408864c43c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d18dbad5ad4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra50f6b20328b4e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479386190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>20.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...200 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,680</x:t>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>