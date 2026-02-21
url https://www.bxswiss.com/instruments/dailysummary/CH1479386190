--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa33b94e61384503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R530a63ee26fb4ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra50f6b20328b4e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e69797d9c8b481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d18dbad5ad4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra50f6b20328b4e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db75bc1972d473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e69797d9c8b481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479386190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...281 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,520</x:t>
-[...90 lines deleted...]
-          <x:t>0,395</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>