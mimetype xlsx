--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R530a63ee26fb4ee7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674634918dd1429c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e69797d9c8b481a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57935f8cd8e447b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db75bc1972d473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e69797d9c8b481a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra416d694a5c14e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57935f8cd8e447b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479386190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>0,088</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>