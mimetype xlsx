--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3376efdc3fac49a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e715ed29a344113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f263f03c213440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f247a8b8969484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf16cc19d37b74c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f263f03c213440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a2614890a844da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f247a8b8969484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Baidu ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479385820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...453 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>