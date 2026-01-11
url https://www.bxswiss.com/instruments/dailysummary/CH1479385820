--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e715ed29a344113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b6dcf7b893244a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f247a8b8969484b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43da8e35be934afa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a2614890a844da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f247a8b8969484b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01c0c4d1d5243e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43da8e35be934afa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Baidu ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479385820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...4 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>0,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...16 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...193 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>