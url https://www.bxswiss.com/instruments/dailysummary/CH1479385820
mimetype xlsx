--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b6dcf7b893244a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb300830bd3c74499" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43da8e35be934afa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61b6231cd5b64206"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01c0c4d1d5243e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43da8e35be934afa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red58134a0dbf44a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61b6231cd5b64206" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Baidu ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479385820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...4 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...43 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>1,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>