--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb300830bd3c74499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a9470ef688407d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61b6231cd5b64206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e7813e61b1b4b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red58134a0dbf44a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61b6231cd5b64206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31fd85bb759b4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e7813e61b1b4b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Baidu ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479385820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,020</x:t>
-[...65 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>