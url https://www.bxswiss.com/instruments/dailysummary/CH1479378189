--- v0 (2025-10-12)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ec4f1f67d64c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ae2b4be36342a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3a19bac8e94495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce890751b1d6468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d9c1d974fc4732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3a19bac8e94495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d00f348c95442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce890751b1d6468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479378189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...48 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
-[...387 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>