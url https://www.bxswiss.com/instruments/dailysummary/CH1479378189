--- v1 (2025-11-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ae2b4be36342a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2484872a43f04e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce890751b1d6468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b24792a60384c79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d00f348c95442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce890751b1d6468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92d44f7499044ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b24792a60384c79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479378189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>