--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2484872a43f04e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9269ac88e901418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b24792a60384c79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red8bdd8770de4b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92d44f7499044ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b24792a60384c79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1afeb1ae4b2043eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red8bdd8770de4b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479378189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...593 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,053</x:t>
-[...36 lines deleted...]
-          <x:t>0,044</x:t>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>