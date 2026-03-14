--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9269ac88e901418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a630ea723b4a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red8bdd8770de4b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267873b950bd4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1afeb1ae4b2043eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red8bdd8770de4b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c87b0b8c0242cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267873b950bd4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479378189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,030</x:t>
+          <x:t>0,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,030</x:t>
-[...141 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,018</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,016</x:t>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,014</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,015</x:t>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>0,006</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,006</x:t>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,019</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,016</x:t>
-[...269 lines deleted...]
-          <x:t>0,012</x:t>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>