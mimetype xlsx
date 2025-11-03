--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e75de6d17348c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c68a88a6b142c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757ebca18d5941b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3199339ee03343af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R565d451f7b984518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757ebca18d5941b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raffd4cdb3adf4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3199339ee03343af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Spotify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...16 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...53 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>