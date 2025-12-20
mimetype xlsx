--- v1 (2025-11-03)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c68a88a6b142c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02861b0c8c28439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3199339ee03343af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e773fdc2f4f4926"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raffd4cdb3adf4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3199339ee03343af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ddc5a286d6498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e773fdc2f4f4926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Spotify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>