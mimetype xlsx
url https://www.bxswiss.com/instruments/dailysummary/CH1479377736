--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02861b0c8c28439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b31c2411034316" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e773fdc2f4f4926"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R260d069610454af7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ddc5a286d6498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e773fdc2f4f4926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db32d18c3184f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R260d069610454af7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Spotify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,232</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...151 lines deleted...]
-          <x:t>0,136</x:t>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,118</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,104</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,096</x:t>
-[...43 lines deleted...]
-          <x:t>0,113</x:t>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,092</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,122</x:t>
-[...107 lines deleted...]
-          <x:t>0,118</x:t>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>