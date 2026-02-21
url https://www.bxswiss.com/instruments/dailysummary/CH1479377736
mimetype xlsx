--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b31c2411034316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72c96faa4404d96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R260d069610454af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba27f02be2f34022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db32d18c3184f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R260d069610454af7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ecac3d18914f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba27f02be2f34022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Spotify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,050</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>