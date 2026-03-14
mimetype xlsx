--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72c96faa4404d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33717c843fe5456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba27f02be2f34022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3eed70dce2044ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ecac3d18914f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba27f02be2f34022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R146ec57893b445c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3eed70dce2044ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Spotify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>0,013</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,013</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,011</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
@@ -771,50 +366,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>