--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f38da7597745de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf75ab3800a34003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e3180af7f6741e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863c82e2c1414600"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b40bea3e1834d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e3180af7f6741e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fd805c7b5f4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863c82e2c1414600" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...166 lines deleted...]
-          <x:t>0,174</x:t>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>0,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>