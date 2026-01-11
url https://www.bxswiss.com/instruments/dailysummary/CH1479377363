--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf75ab3800a34003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097bdd4746294712" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863c82e2c1414600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ba6003b7894cd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fd805c7b5f4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863c82e2c1414600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2c93d50690f4cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ba6003b7894cd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,187</x:t>
-[...16 lines deleted...]
-          <x:t>0,237</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,236</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,186</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,305</x:t>
-        </x:is>
-[...440 lines deleted...]
-          <x:t>0,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>