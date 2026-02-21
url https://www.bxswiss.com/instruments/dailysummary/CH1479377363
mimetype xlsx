--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097bdd4746294712" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf739b1932c77476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ba6003b7894cd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9426acd14ae433d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2c93d50690f4cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ba6003b7894cd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11a92758ee64dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9426acd14ae433d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on HUBER+SUHNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...26 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,450</x:t>
-[...404 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>