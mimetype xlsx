--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eab88690aca4eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R255466a1e0274d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5257c2a314b4cb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93d2f1f11dd14188"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30a13b5e38ad465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5257c2a314b4cb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ac379cbe6e4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93d2f1f11dd14188" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Cosmo Pharmaceuticals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...237 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,610</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,560</x:t>
-[...33 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...36 lines deleted...]
-          <x:t>0,580</x:t>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>