--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R255466a1e0274d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562fde63199f4fc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93d2f1f11dd14188"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836aa60aac404e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ac379cbe6e4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93d2f1f11dd14188" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8de09d84f0f542a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836aa60aac404e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Cosmo Pharmaceuticals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,105</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,091</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,095</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>