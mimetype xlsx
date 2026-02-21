--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562fde63199f4fc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb769b3d44f242d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836aa60aac404e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb41d3458abc74ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8de09d84f0f542a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836aa60aac404e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b74275715ca4ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb41d3458abc74ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Cosmo Pharmaceuticals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,033</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>