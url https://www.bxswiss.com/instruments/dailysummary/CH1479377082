--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb769b3d44f242d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad741ed004744cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb41d3458abc74ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e16a5e64df4c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b74275715ca4ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb41d3458abc74ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15278001be174421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e16a5e64df4c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Cosmo Pharmaceuticals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479377082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,018</x:t>
-[...576 lines deleted...]
-          <x:t>0,006</x:t>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>