--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37eb72cb4b324014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0675e6a43cd2405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65acb5d7c5524105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6e50bd58f649ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02f5443331ee4f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65acb5d7c5524105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f42d7a2086344a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6e50bd58f649ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>