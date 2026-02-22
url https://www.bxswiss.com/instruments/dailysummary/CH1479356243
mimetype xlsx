--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0675e6a43cd2405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf60cf8589d14a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6e50bd58f649ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ff7071faf34494"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f42d7a2086344a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6e50bd58f649ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2060f07dd50c4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ff7071faf34494" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,202</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,198</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,204</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,202</x:t>
-[...16 lines deleted...]
-          <x:t>0,190</x:t>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,174</x:t>
-[...70 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,164</x:t>
-[...269 lines deleted...]
-          <x:t>0,168</x:t>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>