--- v2 (2026-02-22)
+++ v3 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf60cf8589d14a32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7aa0ec7b5d94dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ff7071faf34494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R957c1fc761f24532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2060f07dd50c4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ff7071faf34494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad4de95e4794d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R957c1fc761f24532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,158</x:t>
-[...205 lines deleted...]
-          <x:t>0,160</x:t>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
-        </x:is>
-[...386 lines deleted...]
-          <x:t>0,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>