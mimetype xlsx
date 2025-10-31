--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c180ff415a44d80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f36e3324d024fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88df5339655c4e01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e90de9298a34e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341f49ed11734b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88df5339655c4e01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec367dd2d554c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e90de9298a34e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,740</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,840</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...16 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...11 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,830</x:t>
-[...382 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>0,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>