--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f36e3324d024fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e0c9e26c6e42c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e90de9298a34e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd349035fd8704194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec367dd2d554c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e90de9298a34e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52e38ad27e84e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd349035fd8704194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...630 lines deleted...]
-          <x:t>0,920</x:t>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>