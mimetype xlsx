--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e0c9e26c6e42c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf09e326e1f64278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd349035fd8704194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c5cd588ca0456a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52e38ad27e84e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd349035fd8704194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c875432b18746bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c5cd588ca0456a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>1,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>