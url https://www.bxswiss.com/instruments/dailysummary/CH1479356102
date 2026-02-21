--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf09e326e1f64278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560910c8097c4007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c5cd588ca0456a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b76d6d51f8849c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c875432b18746bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c5cd588ca0456a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccde0ecfdf2d4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b76d6d51f8849c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,829</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,809</x:t>
-[...33 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,723</x:t>
-[...63 lines deleted...]
-          <x:t>0,733</x:t>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>