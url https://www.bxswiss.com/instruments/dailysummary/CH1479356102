--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560910c8097c4007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4322127f19374600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b76d6d51f8849c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3c6eee469045ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccde0ecfdf2d4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b76d6d51f8849c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaaa6c4abc2646a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3c6eee469045ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>0,527</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,649</x:t>
-[...97 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...16 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...242 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>