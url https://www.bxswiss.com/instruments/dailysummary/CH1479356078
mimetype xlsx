--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a428a3bfea467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e8528cbe464035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8365442761364d16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba5c4c9ec1e4929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e9be0e423b43df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8365442761364d16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b338715617e4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba5c4c9ec1e4929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,770</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,990</x:t>
-[...21 lines deleted...]
-          <x:t>0,930</x:t>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...188 lines deleted...]
-          <x:t>1,000</x:t>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>