--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e8528cbe464035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6baeeb75875445f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba5c4c9ec1e4929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f538053df17451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b338715617e4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba5c4c9ec1e4929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d2c69ac5844f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f538053df17451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,020</x:t>
-[...16 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,930</x:t>
-[...11 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,910</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...377 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>