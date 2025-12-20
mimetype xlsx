--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6baeeb75875445f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re407d739c4dd4c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f538053df17451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc25f3dcf694cd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d2c69ac5844f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f538053df17451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9576f125db544ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc25f3dcf694cd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,980</x:t>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,940</x:t>
-[...382 lines deleted...]
-          <x:t>0,769</x:t>
+          <x:t>1,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>