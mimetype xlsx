--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re407d739c4dd4c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca6c5a298924bca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc25f3dcf694cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ecdf71fc6424ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9576f125db544ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc25f3dcf694cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20abefd19ed4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ecdf71fc6424ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,683</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,723</x:t>
-[...593 lines deleted...]
-          <x:t>1,059</x:t>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>