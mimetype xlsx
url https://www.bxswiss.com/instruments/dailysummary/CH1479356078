--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca6c5a298924bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07fcfea14d4540ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ecdf71fc6424ec2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref266b41c9ea4495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20abefd19ed4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ecdf71fc6424ec2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e84d0d00b34adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref266b41c9ea4495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...9 lines deleted...]
-          <x:t>0,773</x:t>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>