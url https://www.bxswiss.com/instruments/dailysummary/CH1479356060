--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3991abd517534e88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5751061dd3cc44a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff68c780baa49e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra774b4e7c77a4f8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08b4798973b47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff68c780baa49e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd36114c412674909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra774b4e7c77a4f8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,800</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,830</x:t>
-[...21 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,995</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>1,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>