--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5751061dd3cc44a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eab71da1a05415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra774b4e7c77a4f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a93ba4272242b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd36114c412674909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra774b4e7c77a4f8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab20bf9f8e0e4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a93ba4272242b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,020</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,020</x:t>
-[...97 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>1,020</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>29.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>