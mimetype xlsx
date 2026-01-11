--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eab71da1a05415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516eaeea60094e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a93ba4272242b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a69ac901e94138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab20bf9f8e0e4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a93ba4272242b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae177e894c434e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a69ac901e94138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,707</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>1,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>