--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516eaeea60094e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8267c425d9444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a69ac901e94138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7253ae1fcd21442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae177e894c434e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a69ac901e94138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6fed52746204024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7253ae1fcd21442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,913</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,893</x:t>
-[...65 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,717</x:t>
-[...21 lines deleted...]
-          <x:t>0,827</x:t>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>