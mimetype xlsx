--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8267c425d9444d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a5cb681c91c4af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7253ae1fcd21442e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e68980969fd4bb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6fed52746204024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7253ae1fcd21442e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd021ab744a664f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e68980969fd4bb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>0,751</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,627</x:t>
-[...124 lines deleted...]
-          <x:t>0,573</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...151 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...80 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>