--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10287bdbdc0f4343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de7474a04cb4c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35da79fb68534f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b3cc1e853a4afa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6091c354d5084888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35da79fb68534f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae643768c6b14a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b3cc1e853a4afa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...495 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>