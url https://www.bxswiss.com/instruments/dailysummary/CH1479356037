--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de7474a04cb4c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996c9a1f6cdf42a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b3cc1e853a4afa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb593bcc3fc464f72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae643768c6b14a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b3cc1e853a4afa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89225026b3f740af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb593bcc3fc464f72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,020</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,982</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>