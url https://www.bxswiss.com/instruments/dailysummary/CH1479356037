--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996c9a1f6cdf42a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3ea6dac9754b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb593bcc3fc464f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R328f88bab16445ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89225026b3f740af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb593bcc3fc464f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ca39a5f3354ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R328f88bab16445ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...16 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,861</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>