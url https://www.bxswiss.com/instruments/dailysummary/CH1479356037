--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3ea6dac9754b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaaf011975334946" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R328f88bab16445ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7352772f47854fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ca39a5f3354ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R328f88bab16445ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856e59fdde0a48d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7352772f47854fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>0,659</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,681</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,607</x:t>
-[...16 lines deleted...]
-          <x:t>0,609</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...16 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...151 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...80 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>