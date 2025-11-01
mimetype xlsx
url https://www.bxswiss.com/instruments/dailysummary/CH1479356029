--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4514312efef141b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R667ff39646e24c35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fcc614a85044074"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a857eaafcc0459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396a27a079ef44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fcc614a85044074" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42189b95bf6e4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a857eaafcc0459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...65 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,030</x:t>
-[...48 lines deleted...]
-          <x:t>1,020</x:t>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,990</x:t>
-[...16 lines deleted...]
-          <x:t>1,040</x:t>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,130</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>1,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>