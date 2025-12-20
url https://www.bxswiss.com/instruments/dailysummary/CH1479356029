--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R667ff39646e24c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3bfea0a505f42c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a857eaafcc0459d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3aba8cdb2dc419a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42189b95bf6e4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a857eaafcc0459d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c6d63d6c2b4389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3aba8cdb2dc419a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,100</x:t>
-[...75 lines deleted...]
-          <x:t>0,980</x:t>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>1,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>