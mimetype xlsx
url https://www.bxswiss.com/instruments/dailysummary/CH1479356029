--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3bfea0a505f42c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22539509be604547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3aba8cdb2dc419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c20584a32ef43b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c6d63d6c2b4389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3aba8cdb2dc419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4425aa27676c4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c20584a32ef43b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>1,066</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,998</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,959</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>