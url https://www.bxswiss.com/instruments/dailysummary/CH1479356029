--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22539509be604547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085f94252ac94e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c20584a32ef43b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66495773b2b4b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4425aa27676c4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c20584a32ef43b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b205c77a1954020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66495773b2b4b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,841</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,871</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,907</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>