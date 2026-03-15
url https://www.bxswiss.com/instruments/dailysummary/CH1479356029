--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085f94252ac94e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a87e7274e724e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66495773b2b4b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd738e9e675417a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b205c77a1954020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66495773b2b4b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c1beb4b1d44629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd738e9e675417a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,727</x:t>
-[...26 lines deleted...]
-          <x:t>0,649</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...43 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...26 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>