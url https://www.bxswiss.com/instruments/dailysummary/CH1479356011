--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d0aa56048904c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2874fe47b2d4be1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cac6569da7745f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36224b2c6208445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490c969779974359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cac6569da7745f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52349db94a7c4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36224b2c6208445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,640</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...21 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,870</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>0,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>