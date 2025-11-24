--- v1 (2025-11-01)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2874fe47b2d4be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c8851be5fc4eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36224b2c6208445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc356a615764041df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52349db94a7c4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36224b2c6208445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13af5e28410648df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc356a615764041df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,860</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>0,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...87 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,810</x:t>
-[...279 lines deleted...]
-          <x:t>0,870</x:t>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>