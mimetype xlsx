--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c8851be5fc4eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc93b503981af409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc356a615764041df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra593f49d5ac1474f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13af5e28410648df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc356a615764041df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819257d32b1344dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra593f49d5ac1474f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479356011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,870</x:t>
-[...470 lines deleted...]
-          <x:t>0,577</x:t>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,567</x:t>
-[...31 lines deleted...]
-          <x:t>0,486</x:t>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>