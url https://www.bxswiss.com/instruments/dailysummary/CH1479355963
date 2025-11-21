--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358f3a20ea914377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a547e6e524469a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97f3d61267f4409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9818ed90c434c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2acc948e4a44911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97f3d61267f4409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4088202d16d649e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9818ed90c434c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,230</x:t>
-[...80 lines deleted...]
-          <x:t>1,160</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,110</x:t>
-[...53 lines deleted...]
-          <x:t>1,130</x:t>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>