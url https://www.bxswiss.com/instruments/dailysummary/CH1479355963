--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a547e6e524469a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3742a688d5ff4dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9818ed90c434c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d0d34e7d184786"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4088202d16d649e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9818ed90c434c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd82243050d248cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d0d34e7d184786" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,100</x:t>
-[...21 lines deleted...]
-          <x:t>1,090</x:t>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>1,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>0,923</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>