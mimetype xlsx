--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3742a688d5ff4dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b0a4429a9f43f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d0d34e7d184786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54095df04e343d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd82243050d248cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d0d34e7d184786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171a137b9398449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54095df04e343d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,991</x:t>
-[...576 lines deleted...]
-          <x:t>1,251</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>