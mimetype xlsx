--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b0a4429a9f43f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e372646262411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54095df04e343d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275eb2016e7a4d23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171a137b9398449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54095df04e343d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra81b072097a14235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275eb2016e7a4d23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,883</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>