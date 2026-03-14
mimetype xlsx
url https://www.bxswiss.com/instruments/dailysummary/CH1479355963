--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e372646262411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55190257ac1f4ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275eb2016e7a4d23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891b5f8e39914d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra81b072097a14235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275eb2016e7a4d23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc113dad74b544068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891b5f8e39914d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,833</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,857</x:t>
-[...26 lines deleted...]
-          <x:t>0,891</x:t>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,753</x:t>
-[...33 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...53 lines deleted...]
-          <x:t>0,771</x:t>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,689</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>0,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...43 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...26 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>