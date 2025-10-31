--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575c1efd8a0546d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513faa7e74dd44f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e0e9edef264a77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f5b62e6e984394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e4592e487d4677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e0e9edef264a77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbce629371842ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f5b62e6e984394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,640</x:t>
-[...16 lines deleted...]
-          <x:t>0,750</x:t>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,710</x:t>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...97 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>0,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,810</x:t>
-[...107 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>0,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>