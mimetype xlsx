--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513faa7e74dd44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f5ec3303a34c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f5b62e6e984394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c5164630bab42ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbce629371842ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f5b62e6e984394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6663d24d21c744e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c5164630bab42ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,900</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...21 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,780</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>0,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...323 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>