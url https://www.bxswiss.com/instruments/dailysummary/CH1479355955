--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f5ec3303a34c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47fe3d22b5894188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c5164630bab42ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08beb7343b034ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6663d24d21c744e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c5164630bab42ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref392b0b45874a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08beb7343b034ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...603 lines deleted...]
-          <x:t>0,659</x:t>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>