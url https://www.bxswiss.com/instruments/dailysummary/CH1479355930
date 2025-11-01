--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2781990a3c62434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893e4aa8641942c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f7f60f175e40e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc51f63e9466647bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R871394c3b38c4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f7f60f175e40e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ccdca7c1f74711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc51f63e9466647bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,900</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,040</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...6 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,110</x:t>
-[...21 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...26 lines deleted...]
-          <x:t>1,070</x:t>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...26 lines deleted...]
-          <x:t>1,070</x:t>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>1,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>