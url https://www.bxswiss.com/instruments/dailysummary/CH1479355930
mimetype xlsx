--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893e4aa8641942c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9108b0bcb4894afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc51f63e9466647bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85e85f7173004605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ccdca7c1f74711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc51f63e9466647bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a670f95a96b43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85e85f7173004605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,135</x:t>
-[...490 lines deleted...]
-          <x:t>1,220</x:t>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>