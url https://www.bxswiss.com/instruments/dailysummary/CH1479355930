--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9108b0bcb4894afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f9e21ac0c44c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85e85f7173004605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f522b6ed1043b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a670f95a96b43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85e85f7173004605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red67e55b90914fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f522b6ed1043b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...4 lines deleted...]
-          <x:t>0,819</x:t>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,853</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,913</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>1,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>