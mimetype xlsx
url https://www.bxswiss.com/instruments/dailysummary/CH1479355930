--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f9e21ac0c44c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db10e9f8ecb4f43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f522b6ed1043b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07825b1678994e3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red67e55b90914fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f522b6ed1043b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24884467ea354bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07825b1678994e3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,889</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...232 lines deleted...]
-          <x:t>0,821</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,793</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,807</x:t>
-[...21 lines deleted...]
-          <x:t>0,721</x:t>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,723</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...279 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>