--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fcdfe261d1f4901" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286f551a7eae4774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39672871a724259"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R660ca65c36564589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8c600b5d4b4ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39672871a724259" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68154e9d37049a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R660ca65c36564589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,975</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...48 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...6 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,150</x:t>
-[...21 lines deleted...]
-          <x:t>1,060</x:t>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...26 lines deleted...]
-          <x:t>1,110</x:t>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>1,215</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,200</x:t>
-[...21 lines deleted...]
-          <x:t>1,230</x:t>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,170</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>