--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286f551a7eae4774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9641aecc2d5499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R660ca65c36564589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd649d4f875834470"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68154e9d37049a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R660ca65c36564589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e900f516644b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd649d4f875834470" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1,160</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...161 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>