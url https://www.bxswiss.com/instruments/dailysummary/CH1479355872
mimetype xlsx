--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9641aecc2d5499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f7386d94db4d3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd649d4f875834470"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R857081a4c3b1446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e900f516644b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd649d4f875834470" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc08e0d4f8da464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R857081a4c3b1446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...598 lines deleted...]
-          <x:t>1,359</x:t>
+          <x:t>1,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>