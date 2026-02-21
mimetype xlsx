--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f7386d94db4d3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e581ebfcd74225" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R857081a4c3b1446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78436e8ca67d415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc08e0d4f8da464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R857081a4c3b1446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40e851f36224606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78436e8ca67d415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,983</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,069</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,057</x:t>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>