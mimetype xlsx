--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e581ebfcd74225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe0cbabddbb4c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78436e8ca67d415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ff77f497ab4f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40e851f36224606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78436e8ca67d415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f70bfb5c86a4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ff77f497ab4f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479355872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,897</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,859</x:t>
-[...161 lines deleted...]
-          <x:t>0,807</x:t>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,783</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...43 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>