--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08bb16ee6b9b41a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31929a0366804dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2af75ed9c9424d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa444296b9944c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ddc90f8b39449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2af75ed9c9424d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc95e5084134b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa444296b9944c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479354610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,460</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...11 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>0,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>