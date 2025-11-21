--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31929a0366804dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1ebe35ceb14c30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa444296b9944c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369a8c4bfe0944f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc95e5084134b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa444296b9944c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R748fc864826d4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369a8c4bfe0944f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479354610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>0,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...323 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>