--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1ebe35ceb14c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77ec2653c134855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369a8c4bfe0944f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa9878161dc4f72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R748fc864826d4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369a8c4bfe0944f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7f717f1444417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa9878161dc4f72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479354610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>