--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77ec2653c134855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3983e7abc9d4392" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa9878161dc4f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f69d1d8254d4898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7f717f1444417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa9878161dc4f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7699ed9a8ad84b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f69d1d8254d4898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479354610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,190</x:t>
-[...603 lines deleted...]
-          <x:t>0,112</x:t>
+          <x:t>0,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>