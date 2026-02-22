--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3983e7abc9d4392" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704c94b0a82f4fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f69d1d8254d4898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac91854709234cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7699ed9a8ad84b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f69d1d8254d4898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0561c2295434ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac91854709234cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479354610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,119</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,112</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,112</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,118</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,115</x:t>
-[...269 lines deleted...]
-          <x:t>0,159</x:t>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>