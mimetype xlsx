--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda7955ba59eb4074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a23efb50ec4b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb479a3c6a30e4358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b3e915c2284956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be842dffbb44968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb479a3c6a30e4358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb706b1e118e14bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b3e915c2284956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Baidu ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,895</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,185</x:t>
-[...436 lines deleted...]
-          <x:t>4,605</x:t>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>