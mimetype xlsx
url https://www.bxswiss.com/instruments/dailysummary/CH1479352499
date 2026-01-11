--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a23efb50ec4b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf655204b66c4b71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b3e915c2284956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249ef85c42a44d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb706b1e118e14bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b3e915c2284956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f65c95bc77244a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249ef85c42a44d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Baidu ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,340</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,945</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>2,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>2,755</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>