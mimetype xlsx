--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf151c45a8b4b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc490b46fd7b64312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525334ce264d49b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523c2f5a38604699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc3d99dbec8415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525334ce264d49b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537279638571402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523c2f5a38604699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,495</x:t>
-[...26 lines deleted...]
-          <x:t>2,445</x:t>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,365</x:t>
-[...43 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...205 lines deleted...]
-          <x:t>2,205</x:t>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...269 lines deleted...]
-          <x:t>2,175</x:t>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>