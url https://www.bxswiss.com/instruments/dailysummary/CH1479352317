--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc490b46fd7b64312" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R454df48da5884c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523c2f5a38604699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1372af732e2440b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537279638571402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523c2f5a38604699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01abbe7ac57f412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1372af732e2440b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,275</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>2,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,085</x:t>
-[...512 lines deleted...]
-          <x:t>1,845</x:t>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>