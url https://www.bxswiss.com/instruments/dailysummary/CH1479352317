--- v2 (2025-11-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R454df48da5884c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b2e10dc4a146fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1372af732e2440b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6d00cff5dd4e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01abbe7ac57f412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1372af732e2440b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d62506da23451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6d00cff5dd4e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
-[...107 lines deleted...]
-          <x:t>2,524</x:t>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>