--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b2e10dc4a146fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49df6c7970aa478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6d00cff5dd4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9e3f4cc2b74f97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d62506da23451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6d00cff5dd4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R384a3aa2a6444cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9e3f4cc2b74f97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>