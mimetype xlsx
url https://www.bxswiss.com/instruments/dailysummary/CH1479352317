--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49df6c7970aa478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd63ebc14e2f4782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9e3f4cc2b74f97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b5b87b80ee4a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R384a3aa2a6444cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9e3f4cc2b74f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb0e35f20364655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b5b87b80ee4a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>1,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,521</x:t>
-[...21 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,337</x:t>
-[...85 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>