--- v5 (2026-02-21)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd63ebc14e2f4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889d70982d7c4381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b5b87b80ee4a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e0fcc186ed472f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb0e35f20364655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b5b87b80ee4a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61755c100cb405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e0fcc186ed472f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,489</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...625 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>