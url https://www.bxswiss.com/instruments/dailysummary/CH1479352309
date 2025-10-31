--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d641753c32546f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b60c0b9e63e4ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1f963502bb449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5282c92c88ff4a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a4fac24ce77428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1f963502bb449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7937e800ea4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5282c92c88ff4a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,795</x:t>
-[...119 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>1,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...199 lines deleted...]
-        <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...80 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>