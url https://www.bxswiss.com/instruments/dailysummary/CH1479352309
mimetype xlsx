--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b60c0b9e63e4ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8905b20d97943e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5282c92c88ff4a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbaf2e0a0e124481"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7937e800ea4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5282c92c88ff4a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabe18e475d74193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbaf2e0a0e124481" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>