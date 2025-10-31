--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re56977ff8435422d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4cfc48a79a47fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re15f997571764bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37d424fde7c4e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34245906d604d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re15f997571764bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88dd2922e384a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37d424fde7c4e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,385</x:t>
-[...112 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>2,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>2,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,975</x:t>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>