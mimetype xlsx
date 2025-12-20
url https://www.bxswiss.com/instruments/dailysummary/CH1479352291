--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4cfc48a79a47fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1227e39fd2f24085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37d424fde7c4e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd834810846fa45e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88dd2922e384a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37d424fde7c4e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb61b0346184d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd834810846fa45e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,715</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>