--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1227e39fd2f24085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7faf18d859ba49e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd834810846fa45e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c4bd739e62f4edd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb61b0346184d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd834810846fa45e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8efa8924b642fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c4bd739e62f4edd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,658</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>