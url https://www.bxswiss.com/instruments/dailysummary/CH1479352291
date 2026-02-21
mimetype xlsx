--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7faf18d859ba49e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf809c1eb9fa4aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c4bd739e62f4edd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe62896afd214042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8efa8924b642fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c4bd739e62f4edd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede60099ad2d4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe62896afd214042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>1,341</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,297</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,297</x:t>
-[...107 lines deleted...]
-          <x:t>1,177</x:t>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,253</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,369</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...26 lines deleted...]
-          <x:t>1,207</x:t>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>