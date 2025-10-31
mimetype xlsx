--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f528f969f843f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266545d7139a42de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ed4322e4f504abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2abbd10463904a69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc491562bab94dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ed4322e4f504abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f0bae4bcb64684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2abbd10463904a69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,215</x:t>
-[...4 lines deleted...]
-          <x:t>2,015</x:t>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...21 lines deleted...]
-          <x:t>1,925</x:t>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>2,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,875</x:t>
-[...242 lines deleted...]
-          <x:t>1,835</x:t>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>