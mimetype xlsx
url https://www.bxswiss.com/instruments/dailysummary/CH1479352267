--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266545d7139a42de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a3383636544070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2abbd10463904a69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2186d52fb4b84b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f0bae4bcb64684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2abbd10463904a69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098d88be08414d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2186d52fb4b84b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,885</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,955</x:t>
-[...16 lines deleted...]
-          <x:t>1,995</x:t>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>1,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,805</x:t>
-[...512 lines deleted...]
-          <x:t>1,595</x:t>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>