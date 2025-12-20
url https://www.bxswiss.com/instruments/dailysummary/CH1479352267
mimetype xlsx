--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a3383636544070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce0730dc03c544df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2186d52fb4b84b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R985be1673e0b48dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098d88be08414d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2186d52fb4b84b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b9222f44e944ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R985be1673e0b48dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>