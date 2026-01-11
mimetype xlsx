--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce0730dc03c544df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34c8a05f36147e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R985be1673e0b48dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71119c06395f4b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b9222f44e944ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R985be1673e0b48dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b410ede8ff540fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71119c06395f4b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>