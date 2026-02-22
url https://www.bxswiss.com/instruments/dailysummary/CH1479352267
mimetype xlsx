--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34c8a05f36147e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91cc948f84e748f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71119c06395f4b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d49925ec6f84355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b410ede8ff540fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71119c06395f4b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab6dda56b4d409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d49925ec6f84355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,261</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,293</x:t>
-[...4 lines deleted...]
-          <x:t>1,129</x:t>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,141</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>1,091</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,161</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>1,119</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>