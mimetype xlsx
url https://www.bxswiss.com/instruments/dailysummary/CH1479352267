--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91cc948f84e748f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a23d38543f4c98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d49925ec6f84355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a2a45f90b34e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab6dda56b4d409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d49925ec6f84355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f19ecc331b4086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a2a45f90b34e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,169</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,253</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>1,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>