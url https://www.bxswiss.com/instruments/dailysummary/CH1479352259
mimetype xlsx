--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R979b6d7a961e4efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd4fe91bfc441fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f1c5edbe1f34a12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raccc24455d2c47a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5793d6e0af4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f1c5edbe1f34a12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4223fe2a147947b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raccc24455d2c47a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,925</x:t>
-[...544 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>