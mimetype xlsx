--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd4fe91bfc441fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a31005eac4e4ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raccc24455d2c47a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d4b7063fb649d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4223fe2a147947b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raccc24455d2c47a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225e95e2e2454fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d4b7063fb649d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,464</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,484</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,462</x:t>
-[...16 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,452</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,323</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>