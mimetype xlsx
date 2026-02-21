--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a31005eac4e4ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae2352d664324235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d4b7063fb649d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a85d434ff614d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225e95e2e2454fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d4b7063fb649d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8814569ef14a4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a85d434ff614d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,169</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,177</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>1,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,093</x:t>
-[...9 lines deleted...]
-          <x:t>1,033</x:t>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>