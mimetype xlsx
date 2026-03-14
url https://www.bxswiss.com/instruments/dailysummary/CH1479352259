--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae2352d664324235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd6a27f9d394137" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a85d434ff614d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a70a0283a26416f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8814569ef14a4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a85d434ff614d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9339216357724f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a70a0283a26416f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,063</x:t>
-[...4 lines deleted...]
-          <x:t>0,981</x:t>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>30.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,183</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,129</x:t>
-[...145 lines deleted...]
-        <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>1,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>