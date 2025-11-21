--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8312d59f17154d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2393bc785d4e7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190a17f8f2ce4a57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdd7d4b4ef64d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0718ecab1014ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190a17f8f2ce4a57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ffbb2040ac4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdd7d4b4ef64d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,695</x:t>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>1,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>