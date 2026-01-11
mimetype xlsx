--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2393bc785d4e7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722756109cf441a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdd7d4b4ef64d22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51884ea99aec4173"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ffbb2040ac4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdd7d4b4ef64d22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b1e1c31ad9448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51884ea99aec4173" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,762</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>