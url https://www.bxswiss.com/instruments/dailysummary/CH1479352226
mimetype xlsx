--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722756109cf441a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5376200df3904870" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51884ea99aec4173"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66fb36d31d414e87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b1e1c31ad9448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51884ea99aec4173" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a92950e1cca4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66fb36d31d414e87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>1,071</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,961</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,949</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>