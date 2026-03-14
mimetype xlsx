--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5376200df3904870" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85a1af261a24632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66fb36d31d414e87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e16505a39d459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a92950e1cca4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66fb36d31d414e87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c3b68b95b3b45a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e16505a39d459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,153</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,083</x:t>
-[...65 lines deleted...]
-          <x:t>0,941</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>0,957</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>