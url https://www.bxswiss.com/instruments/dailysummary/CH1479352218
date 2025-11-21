--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7542f95524654d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a8abb7dc534ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9330be79d6fc4ec4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf9606b06a840cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R987f3a5160cf491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9330be79d6fc4ec4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2920671f262b47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf9606b06a840cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,605</x:t>
-[...26 lines deleted...]
-          <x:t>1,605</x:t>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...48 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...38 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,925</x:t>
-[...252 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>