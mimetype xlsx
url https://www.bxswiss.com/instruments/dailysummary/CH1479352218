--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a8abb7dc534ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0377cc33e9c94c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf9606b06a840cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c2361143da4613"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2920671f262b47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf9606b06a840cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794620b46e0b429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c2361143da4613" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
-[...75 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...161 lines deleted...]
-          <x:t>1,644</x:t>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>