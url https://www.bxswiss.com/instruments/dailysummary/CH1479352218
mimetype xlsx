--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0377cc33e9c94c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92643cd2f3284da3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c2361143da4613"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7ced58727694704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794620b46e0b429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c2361143da4613" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c5ef937ba3471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7ced58727694704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>1,272</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,284</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,222</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>