--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92643cd2f3284da3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32f2eaad4a44c54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7ced58727694704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b31d4b8b2848e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c5ef937ba3471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7ced58727694704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca77057fd64441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b31d4b8b2848e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,037</x:t>
-[...21 lines deleted...]
-          <x:t>0,949</x:t>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...48 lines deleted...]
-          <x:t>1,017</x:t>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,883</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>