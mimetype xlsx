--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32f2eaad4a44c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf087b1f0e35f4911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b31d4b8b2848e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f75126419145ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca77057fd64441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b31d4b8b2848e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd3d96a59a3a4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f75126419145ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,073</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...60 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,933</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,907</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,899</x:t>
-[...463 lines deleted...]
-          <x:t>0,887</x:t>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>