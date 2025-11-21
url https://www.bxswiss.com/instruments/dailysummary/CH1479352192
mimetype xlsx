--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235020933f8a45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R213ae9c83ae745fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16cadcdf51141d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b036b408dbc4059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3047274628e34899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16cadcdf51141d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8601ce46194f4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b036b408dbc4059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...48 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
-[...21 lines deleted...]
-          <x:t>1,395</x:t>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>1,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>