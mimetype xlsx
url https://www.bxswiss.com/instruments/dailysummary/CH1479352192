--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R213ae9c83ae745fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc992bd4062c94e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b036b408dbc4059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9036b55a97473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8601ce46194f4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b036b408dbc4059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa2eb75505b3493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9036b55a97473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>