--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc992bd4062c94e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e94a0e590d443fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9036b55a97473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced62694482c4852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa2eb75505b3493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9036b55a97473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe8dd1974e3f490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced62694482c4852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,262</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,220</x:t>
-[...60 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,154</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,029</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>