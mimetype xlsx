--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e94a0e590d443fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d23f4bb80c4c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced62694482c4852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc94a6ca385047bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe8dd1974e3f490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced62694482c4852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e57883a5ee480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc94a6ca385047bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,051</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,013</x:t>
-[...129 lines deleted...]
-          <x:t>0,929</x:t>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,937</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,891</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,823</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>