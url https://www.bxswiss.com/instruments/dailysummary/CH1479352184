--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900e9a9346974e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087b2e83d6b540ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84dffd41967b4ead"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843e24bd785a4b80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc8f8aea97542f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84dffd41967b4ead" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40720e6492254b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843e24bd785a4b80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,495</x:t>
-[...16 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,375</x:t>
-[...172 lines deleted...]
-        <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>