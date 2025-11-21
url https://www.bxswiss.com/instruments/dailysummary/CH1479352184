--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087b2e83d6b540ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ac4df59a184888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843e24bd785a4b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba4ccc5b89884b13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40720e6492254b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843e24bd785a4b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e8be8312ff4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba4ccc5b89884b13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>1,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>