--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ac4df59a184888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc34c822f12241f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba4ccc5b89884b13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc7552730a504682"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e8be8312ff4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba4ccc5b89884b13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb1106ecf6f4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc7552730a504682" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>