--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc34c822f12241f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6038e431d74891" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc7552730a504682"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a749a2885f6491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb1106ecf6f4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc7552730a504682" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf624c6c7ca74887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a749a2885f6491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,076</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,100</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>1,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,919</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>