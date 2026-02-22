--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6038e431d74891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ff49ef92a5410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a749a2885f6491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfe8f0ae50ba410f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf624c6c7ca74887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a749a2885f6491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276fbf553ba4423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfe8f0ae50ba410f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>1,001</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...16 lines deleted...]
-          <x:t>0,921</x:t>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,869</x:t>
-[...102 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,763</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>