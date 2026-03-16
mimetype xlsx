--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ff49ef92a5410f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re336402507554836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfe8f0ae50ba410f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7421a796d044c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276fbf553ba4423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfe8f0ae50ba410f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d4137dd0154880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7421a796d044c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,729</x:t>
-[...16 lines deleted...]
-          <x:t>0,757</x:t>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>0,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>0,767</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>