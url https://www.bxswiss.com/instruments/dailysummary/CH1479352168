--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339fd3c6a99148b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ae45b4868d4801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29db4f18d47d401c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0918adf31be74765"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6a0b6d9b486407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29db4f18d47d401c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5eda25dbc84240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0918adf31be74765" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...16 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...512 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>