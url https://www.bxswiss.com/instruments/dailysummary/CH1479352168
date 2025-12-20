--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ae45b4868d4801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red7e929aac31447b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0918adf31be74765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23163b4e4c05475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5eda25dbc84240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0918adf31be74765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb19555878d458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23163b4e4c05475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...570 lines deleted...]
-        <x:is>
           <x:t>1,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,366</x:t>
         </x:is>
       </x:c>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>