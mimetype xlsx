--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red7e929aac31447b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170885a4733d4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23163b4e4c05475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfee32f945094fe2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb19555878d458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23163b4e4c05475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8146ec0d8e54d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfee32f945094fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>1,096</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,048</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>1,062</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,022</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>