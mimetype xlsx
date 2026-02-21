--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170885a4733d4abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b5133dda8f442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfee32f945094fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193f6b0bb37f4436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8146ec0d8e54d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfee32f945094fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd17bb0934c9a4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193f6b0bb37f4436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,801</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,813</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,781</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>0,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>