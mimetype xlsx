--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b5133dda8f442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8175b342944032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193f6b0bb37f4436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf7921a702343c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd17bb0934c9a4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193f6b0bb37f4436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8786e3a5a8445d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf7921a702343c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...16 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,749</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,803</x:t>
-[...144 lines deleted...]
-          <x:t>0,717</x:t>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>