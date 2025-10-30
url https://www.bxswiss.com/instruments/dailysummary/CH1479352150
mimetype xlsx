--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb3d8e4e4bb43c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e7edcd9b3ae429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf6f00ff56bd4461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64787c6fec6b451c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbfa880a37d646f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf6f00ff56bd4461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbfc0f4d5dc2434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64787c6fec6b451c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,265</x:t>
-[...53 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>