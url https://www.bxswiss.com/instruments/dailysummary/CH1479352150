--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e7edcd9b3ae429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d71632528e4f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64787c6fec6b451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R526284eeb9ca4e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbfc0f4d5dc2434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64787c6fec6b451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra792b4e601f74d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R526284eeb9ca4e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,975</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>