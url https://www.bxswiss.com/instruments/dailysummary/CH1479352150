--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d71632528e4f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071ad923c3624bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R526284eeb9ca4e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45c2840fbe34a9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra792b4e601f74d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R526284eeb9ca4e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e55192ec214825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45c2840fbe34a9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,942</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,956</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,803</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>