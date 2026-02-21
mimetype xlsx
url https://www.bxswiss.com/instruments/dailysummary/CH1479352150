--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071ad923c3624bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c2e361bec1475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45c2840fbe34a9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf7a500c5a84ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e55192ec214825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45c2840fbe34a9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71502bfec8c84162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf7a500c5a84ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>0,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,703</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,731</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,659</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>0,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>