--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c2e361bec1475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9dda7d4ade347a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf7a500c5a84ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R234fc2f0afb042b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71502bfec8c84162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf7a500c5a84ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce14c0a51ff40e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R234fc2f0afb042b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,833</x:t>
-[...603 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>