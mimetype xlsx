--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5375491ef64175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8593a51bd94b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05cae7055cac4cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf36f335596f248bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re566657830da4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05cae7055cac4cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c4223d0340409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf36f335596f248bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...274 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>