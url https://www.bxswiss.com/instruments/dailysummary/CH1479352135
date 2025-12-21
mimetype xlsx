--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8593a51bd94b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01ad3e303b6417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf36f335596f248bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79375f9b3e04380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c4223d0340409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf36f335596f248bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ea88d7e25a42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79375f9b3e04380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,276</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>