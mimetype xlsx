--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01ad3e303b6417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95b6c7eb0404f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79375f9b3e04380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e360873c8b48ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ea88d7e25a42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79375f9b3e04380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b20abc02f704409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e360873c8b48ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,904</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,894</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>