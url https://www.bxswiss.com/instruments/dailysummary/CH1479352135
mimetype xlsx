--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95b6c7eb0404f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638b0fa698a542c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e360873c8b48ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868bddecc372419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b20abc02f704409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e360873c8b48ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3093dd2a3c7b42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868bddecc372419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,769</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>0,743</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,701</x:t>
-[...33 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,683</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,609</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,661</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,627</x:t>
-[...80 lines deleted...]
-          <x:t>0,613</x:t>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>