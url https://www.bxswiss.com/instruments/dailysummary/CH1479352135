--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638b0fa698a542c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81087bd129c04625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868bddecc372419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3706c0a844034dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3093dd2a3c7b42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868bddecc372419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af8957dffdc4b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3706c0a844034dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,777</x:t>
-[...603 lines deleted...]
-          <x:t>0,621</x:t>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>