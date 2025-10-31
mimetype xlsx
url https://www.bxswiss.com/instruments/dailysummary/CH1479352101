--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9326e52e5e4f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7372f93511847d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a036ba45484577"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74cfb7753f444c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06aa4df046d0442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a036ba45484577" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78566c86a8b64939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74cfb7753f444c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...16 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...70 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...323 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>