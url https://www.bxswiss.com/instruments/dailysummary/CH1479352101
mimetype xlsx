--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7372f93511847d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152deba1229a48dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74cfb7753f444c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20b082292b304cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78566c86a8b64939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74cfb7753f444c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a20866afc8542d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20b082292b304cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>