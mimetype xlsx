--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152deba1229a48dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf67171bb854e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20b082292b304cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e309acf3e24293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a20866afc8542d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20b082292b304cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df96aeca05d4006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e309acf3e24293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...269 lines deleted...]
-          <x:t>1,026</x:t>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>