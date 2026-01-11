--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf67171bb854e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523b8d8eadf1451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e309acf3e24293"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R335649caff114268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df96aeca05d4006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e309acf3e24293" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd312557f8aa141ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R335649caff114268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,792</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,792</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,784</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>