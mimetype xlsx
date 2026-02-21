--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523b8d8eadf1451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85841931e15b460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R335649caff114268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09bcf67b7e0b4e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd312557f8aa141ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R335649caff114268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873dca81cdcf4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09bcf67b7e0b4e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,679</x:t>
-[...200 lines deleted...]
-          <x:t>0,611</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,587</x:t>
-[...6 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,591</x:t>
-[...85 lines deleted...]
-          <x:t>0,537</x:t>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,543</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>0,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>