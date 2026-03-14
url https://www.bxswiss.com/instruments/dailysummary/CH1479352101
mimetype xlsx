--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85841931e15b460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d426e5308c74052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09bcf67b7e0b4e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bce585a34b3499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873dca81cdcf4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09bcf67b7e0b4e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9614cd8581004877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bce585a34b3499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,583</x:t>
-[...593 lines deleted...]
-          <x:t>0,543</x:t>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>