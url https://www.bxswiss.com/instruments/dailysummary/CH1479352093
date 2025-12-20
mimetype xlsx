--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4793a08108740cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a007b342c484874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac63928bae3140e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1ea5553173147b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79883576bd7542d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac63928bae3140e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9b94cdb9434397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1ea5553173147b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>