--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a007b342c484874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb389eba1f03442e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1ea5553173147b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad56a7411bcf4d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9b94cdb9434397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1ea5553173147b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccbb4836c3db4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad56a7411bcf4d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,780</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,746</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,756</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,742</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,736</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,667</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>