--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb389eba1f03442e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb423b3e55bb24375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad56a7411bcf4d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccdded13a9f24851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccbb4836c3db4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad56a7411bcf4d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa32b2be1f940a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccdded13a9f24851" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,653</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,627</x:t>
-[...114 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...21 lines deleted...]
-          <x:t>0,571</x:t>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,543</x:t>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,553</x:t>
-[...85 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>