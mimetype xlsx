--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb423b3e55bb24375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069ea31f27a5445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccdded13a9f24851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0616a427a3ee4d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa32b2be1f940a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccdded13a9f24851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbea4a3861f784265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0616a427a3ee4d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,633</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,519</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>17.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,557</x:t>
-[...90 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>