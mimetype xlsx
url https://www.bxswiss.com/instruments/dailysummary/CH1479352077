--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acd037671704d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3828c4ad21417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37029fec871a4adf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd038365f9ecc4931"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7596b7da7874045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37029fec871a4adf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc6f83a81504391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd038365f9ecc4931" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>0,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>