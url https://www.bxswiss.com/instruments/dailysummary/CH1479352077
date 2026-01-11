--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3828c4ad21417a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65837e8d9f14441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd038365f9ecc4931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2702464d541f4bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc6f83a81504391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd038365f9ecc4931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed6fabdaace48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2702464d541f4bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,900</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>