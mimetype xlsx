--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65837e8d9f14441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc494064b1c7c4eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2702464d541f4bd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01cc905e6114ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed6fabdaace48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2702464d541f4bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03adab722e084b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01cc905e6114ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,567</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,531</x:t>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,533</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,509</x:t>
-[...75 lines deleted...]
-          <x:t>0,461</x:t>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...53 lines deleted...]
-          <x:t>0,461</x:t>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>