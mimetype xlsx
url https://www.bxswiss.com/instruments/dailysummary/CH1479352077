--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc494064b1c7c4eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a4ea594cc644ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01cc905e6114ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ffc5952a4243ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03adab722e084b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01cc905e6114ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24fea1af9a3947db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ffc5952a4243ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,537</x:t>
-[...16 lines deleted...]
-          <x:t>0,593</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,509</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...289 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>