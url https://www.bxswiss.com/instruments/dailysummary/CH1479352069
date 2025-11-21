--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2a2edace3864ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce21156c50b42ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95038e86b5904546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a6dd0faa91e478b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c54f10a1ea64a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95038e86b5904546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a8454d39104bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a6dd0faa91e478b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...16 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,805</x:t>
-[...43 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...333 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>