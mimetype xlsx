--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce21156c50b42ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e8d3544f22d4478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a6dd0faa91e478b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2363fb9caf3475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a8454d39104bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a6dd0faa91e478b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R536bdbefaac64e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2363fb9caf3475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>