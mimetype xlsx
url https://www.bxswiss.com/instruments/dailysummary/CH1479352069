--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e8d3544f22d4478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7617b73bd7b24048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2363fb9caf3475d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b8a8c2155f42a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R536bdbefaac64e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2363fb9caf3475d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289b46fbefa84878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b8a8c2155f42a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,712</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,666</x:t>
-[...195 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>0,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,628</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>