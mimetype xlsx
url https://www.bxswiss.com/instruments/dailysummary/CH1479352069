--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7617b73bd7b24048" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d28eff28ec4d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b8a8c2155f42a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18267e4d5fa4d36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289b46fbefa84878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b8a8c2155f42a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2dbbdb64ff841dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18267e4d5fa4d36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,622</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,557</x:t>
-[...178 lines deleted...]
-          <x:t>0,529</x:t>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,501</x:t>
-[...33 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,483</x:t>
-[...171 lines deleted...]
-          <x:t>0,429</x:t>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>