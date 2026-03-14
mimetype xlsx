--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d28eff28ec4d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09afd7c95def4eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18267e4d5fa4d36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R711da5e647834fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2dbbdb64ff841dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18267e4d5fa4d36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d1f94babe444b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R711da5e647834fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,553</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...65 lines deleted...]
-          <x:t>0,447</x:t>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,423</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>30.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>0,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>