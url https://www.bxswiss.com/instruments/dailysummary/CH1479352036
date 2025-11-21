--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81454513348b4812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb84bf8ce8685494d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd0b5fbc335433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2466b984bb41c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbfb9e90eb5d4f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd0b5fbc335433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9d86414ce3449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2466b984bb41c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>0,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>