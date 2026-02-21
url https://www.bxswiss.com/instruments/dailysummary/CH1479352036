--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb84bf8ce8685494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33eb250708034dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2466b984bb41c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7968f88f64e54953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9d86414ce3449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2466b984bb41c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f90d80181bc402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7968f88f64e54953" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,740</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>