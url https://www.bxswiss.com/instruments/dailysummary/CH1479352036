--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33eb250708034dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f821f3daf9644bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7968f88f64e54953"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47fc03fd382a47d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f90d80181bc402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7968f88f64e54953" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad389443142402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47fc03fd382a47d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,473</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,439</x:t>
-[...16 lines deleted...]
-          <x:t>0,483</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...172 lines deleted...]
-        <x:is>
           <x:t>0,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>0,391</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>