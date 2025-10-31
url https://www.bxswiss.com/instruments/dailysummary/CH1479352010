--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b6cf565adb479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3fe0db640114609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e5b1c6e20f44430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89403318a01f49a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bb06664e9e4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e5b1c6e20f44430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9ab7fd431b46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89403318a01f49a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...70 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...286 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>