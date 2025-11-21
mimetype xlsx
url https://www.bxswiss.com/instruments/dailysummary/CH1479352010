--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3fe0db640114609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80b2696bb8e4459" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89403318a01f49a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7edd8a9b2a74096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9ab7fd431b46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89403318a01f49a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7650e839ca544b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7edd8a9b2a74096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
+          <x:t>0,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...222 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...360 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>