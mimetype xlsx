--- v2 (2025-11-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80b2696bb8e4459" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea31ebf8f8c494c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7edd8a9b2a74096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71971e33ad9541ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7650e839ca544b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7edd8a9b2a74096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936199ab7e104292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71971e33ad9541ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,694</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>