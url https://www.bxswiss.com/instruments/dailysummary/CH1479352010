--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea31ebf8f8c494c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b34bec5f1e9477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71971e33ad9541ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473362e6527141c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936199ab7e104292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71971e33ad9541ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R054ecdaccb484840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473362e6527141c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479352010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...501 lines deleted...]
-        <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>