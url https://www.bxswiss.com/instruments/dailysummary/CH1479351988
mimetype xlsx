--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5039fb10d2254854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab9ada02c0d4bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R556460ec9a044682"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd743cef2e0d47ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf361df93c8264a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R556460ec9a044682" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45656928e118452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd743cef2e0d47ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...286 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>