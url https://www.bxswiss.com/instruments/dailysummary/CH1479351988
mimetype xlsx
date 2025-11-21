--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab9ada02c0d4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344e7422bc374a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd743cef2e0d47ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f476a217884e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45656928e118452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd743cef2e0d47ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d0028588c74cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f476a217884e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>0,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...355 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>