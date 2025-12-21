--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344e7422bc374a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf141ff9a4f874fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f476a217884e63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9379c7d8b4384873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d0028588c74cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f476a217884e63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c408bac84d4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9379c7d8b4384873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>