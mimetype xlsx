--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf141ff9a4f874fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95682e79ea24b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9379c7d8b4384873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9a2f9e4950048f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c408bac84d4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9379c7d8b4384873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13405f0c0294624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9a2f9e4950048f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,496</x:t>
-[...26 lines deleted...]
-          <x:t>0,490</x:t>
+          <x:t>0,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,464</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>