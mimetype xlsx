--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95682e79ea24b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36ec1dc462148a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9a2f9e4950048f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ffda3cc6e9455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13405f0c0294624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9a2f9e4950048f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac9b47d447cb41a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ffda3cc6e9455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,448</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,407</x:t>
-[...409 lines deleted...]
-          <x:t>0,307</x:t>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>