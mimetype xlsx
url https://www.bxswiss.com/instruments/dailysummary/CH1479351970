--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3170f9060a4a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde68f133d05d4ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11682f1f362d47f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra24dbcbd38b74cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209a080acfa74c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11682f1f362d47f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a162717936d4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra24dbcbd38b74cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...384 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...107 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...26 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>