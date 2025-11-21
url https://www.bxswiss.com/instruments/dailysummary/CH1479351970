--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde68f133d05d4ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9409f279c248d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra24dbcbd38b74cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785cf6625e2d4ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a162717936d4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra24dbcbd38b74cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6623aa670bc4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785cf6625e2d4ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...16 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...355 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>