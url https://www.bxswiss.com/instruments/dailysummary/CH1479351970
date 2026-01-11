--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9409f279c248d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fee05cf3104092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785cf6625e2d4ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb312df4afece47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6623aa670bc4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785cf6625e2d4ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4525d0aa9e9420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb312df4afece47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,572</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>