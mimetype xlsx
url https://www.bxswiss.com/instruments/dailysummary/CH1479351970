--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fee05cf3104092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7502b42798e45ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb312df4afece47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46fe00c170fc4c18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4525d0aa9e9420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb312df4afece47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9627fd2a0d874eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46fe00c170fc4c18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,407</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,399</x:t>
-[...70 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...80 lines deleted...]
-          <x:t>0,283</x:t>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,291</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>