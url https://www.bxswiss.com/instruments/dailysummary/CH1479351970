--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7502b42798e45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89dd1fc15294510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46fe00c170fc4c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e75cf545a014901"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9627fd2a0d874eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46fe00c170fc4c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913b636c8b9f4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e75cf545a014901" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...442 lines deleted...]
-        <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>0,307</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>